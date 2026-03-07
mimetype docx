--- v0 (2026-02-13)
+++ v1 (2026-03-07)
@@ -8,133 +8,109 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5F76154C" w14:textId="0F3237E2" w:rsidR="00E86CD8" w:rsidRPr="00E73ECD" w:rsidRDefault="009F48B6" w:rsidP="00783575">
+    <w:p w14:paraId="5F76154C" w14:textId="69EBCF55" w:rsidR="00E86CD8" w:rsidRPr="00E73ECD" w:rsidRDefault="009F48B6" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk220409888"/>
       <w:r w:rsidRPr="00E73ECD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00783575" w:rsidRPr="00E73ECD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>usstellung</w:t>
       </w:r>
       <w:r w:rsidRPr="00E73ECD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00E86CD8" w:rsidRPr="00E73ECD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Prize Bag – Double </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E86CD8" w:rsidRPr="00E73ECD">
+        <w:t>The Prize Bag</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4334">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Lives</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>:</w:t>
+      </w:r>
       <w:r w:rsidR="00E86CD8" w:rsidRPr="00E73ECD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Architecture</w:t>
+        <w:t xml:space="preserve"> Double Lives of Architecture</w:t>
       </w:r>
       <w:r w:rsidR="009868F3" w:rsidRPr="00E73ECD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00EA62F0" w:rsidRPr="00E73ECD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Architekturpreis des Landes Steiermark</w:t>
       </w:r>
       <w:r w:rsidR="005A37F3" w:rsidRPr="00E73ECD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -233,67 +209,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>19 Uhr,</w:t>
       </w:r>
       <w:r w:rsidR="005A37F3" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>im</w:t>
       </w:r>
       <w:r w:rsidR="00E86CD8" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> HDA, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 2, 8020 Graz</w:t>
+        <w:t xml:space="preserve"> HDA, Mariahilferstraße 2, 8020 Graz</w:t>
       </w:r>
       <w:r w:rsidR="00E86CD8" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ausstellung</w:t>
       </w:r>
       <w:r w:rsidR="00E86CD8" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
@@ -638,248 +598,202 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000C25C0" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Ausstellung </w:t>
       </w:r>
       <w:r w:rsidR="0047593E" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Prize Bag: Double </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">The Prize Bag: Double Lives of Architecture </w:t>
+      </w:r>
+      <w:r w:rsidR="000C25C0" w:rsidRPr="00E84B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wurde im Rahmen des Architekturpreises des Landes Steiermark </w:t>
+      </w:r>
+      <w:r w:rsidR="00854301" w:rsidRPr="00E84B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="000C25C0" w:rsidRPr="00E84B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entwickelt. </w:t>
+      </w:r>
+      <w:r w:rsidR="00316F31" w:rsidRPr="00E84B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die </w:t>
+      </w:r>
+      <w:r w:rsidR="000C25C0" w:rsidRPr="00E84B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">von </w:t>
+      </w:r>
       <w:r w:rsidR="0047593E" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Lives</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Sevince</w:t>
+      </w:r>
+      <w:r w:rsidR="000C25C0" w:rsidRPr="00E84B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bayrak un</w:t>
+      </w:r>
       <w:r w:rsidR="0047593E" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">d Oral Göktaş </w:t>
+      </w:r>
+      <w:r w:rsidR="000C25C0" w:rsidRPr="00E84B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vom </w:t>
+      </w:r>
+      <w:r w:rsidR="005860B7" w:rsidRPr="00E84B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Istanbuler</w:t>
+      </w:r>
+      <w:r w:rsidR="000C25C0" w:rsidRPr="00E84B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Architekturbüro </w:t>
+      </w:r>
       <w:r w:rsidR="0047593E" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">SO? </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24870" w:rsidRPr="00E84B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
       <w:r w:rsidR="0047593E" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Architecture </w:t>
+        <w:t xml:space="preserve">rchitecture and </w:t>
       </w:r>
       <w:r w:rsidR="000C25C0" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">wurde im Rahmen des Architekturpreises des Landes Steiermark </w:t>
-[...139 lines deleted...]
-        </w:rPr>
         <w:t>ideas</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0047593E" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00316F31" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>kuratierte</w:t>
       </w:r>
       <w:r w:rsidR="003F1B9B" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -1080,79 +994,57 @@
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> entwickelten kuratorischen Ansatz der</w:t>
       </w:r>
       <w:r w:rsidR="0047593E" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0047593E" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Carrier Bag Theory </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Carrier Bag Theory of Architecture</w:t>
+      </w:r>
       <w:r w:rsidR="0047593E" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...19 lines deleted...]
-          <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="003B0269" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
@@ -1292,95 +1184,51 @@
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">, die von den nominierten Architekturbüros zur Verfügung gestellt wurden, </w:t>
       </w:r>
       <w:r w:rsidR="00490A5D" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>deckt</w:t>
       </w:r>
       <w:r w:rsidR="003B0269" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Double </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> Architecture die chaotischen, unvorhersehbaren und zutiefst menschlichen Prozesse hinter der gebauten Form </w:t>
+        <w:t xml:space="preserve"> Double Lives of Architecture die chaotischen, unvorhersehbaren und zutiefst menschlichen Prozesse hinter der gebauten Form </w:t>
       </w:r>
       <w:r w:rsidR="00490A5D" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>auf</w:t>
       </w:r>
       <w:r w:rsidR="003B0269" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk221101243"/>
       <w:r w:rsidR="003B0269" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1609,63 +1457,61 @@
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">, sondern hält </w:t>
       </w:r>
       <w:r w:rsidR="00D160D4" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>den Diskurs</w:t>
       </w:r>
       <w:r w:rsidR="003B0269" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> offen – und lädt die </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="003B0269" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Besucher:innen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003B0269" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> ein, näher hinzusehen und die Vielschichtigkeit von Architektur </w:t>
       </w:r>
       <w:r w:rsidR="00303120" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>zu entdecken</w:t>
       </w:r>
       <w:r w:rsidR="00183530" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1748,71 +1594,51 @@
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Unvorhersehbarkeit und Chaos </w:t>
       </w:r>
       <w:r w:rsidR="00925C6D" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>birgt</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">, wie es die </w:t>
       </w:r>
       <w:r w:rsidR="008E1B8F" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Carrier Bag Theory </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Architecture</w:t>
+        <w:t>Carrier Bag Theory of Architecture</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">vorschlägt – dann kann ein Architekturpreis mehr sein als ein </w:t>
       </w:r>
       <w:r w:rsidR="0074724E" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Auswahlverfahren</w:t>
@@ -1874,130 +1700,88 @@
         <w:t>verschiebt</w:t>
       </w:r>
       <w:r w:rsidR="008E1B8F" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76D180A1" w14:textId="71B528E7" w:rsidR="00925C6D" w:rsidRPr="00E84B4F" w:rsidRDefault="008E1B8F" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Prize Bag: Double </w:t>
-[...16 lines deleted...]
-          <w:iCs/>
+        <w:t>The Prize Bag: Double Lives of Architecture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E84B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-      </w:r>
       <w:r w:rsidR="0088540A" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>entstand aus dieser Prämisse heraus im Kontext des Architekturpreises des Landes Steiermark</w:t>
       </w:r>
       <w:r w:rsidR="0026258C" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
       <w:r w:rsidR="0088540A" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">. Die </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0088540A" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Kurator:innen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0088540A" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF5727" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>verstanden</w:t>
       </w:r>
       <w:r w:rsidR="0088540A" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> den Preis nicht als Ziel oder Etikett für das „beste“ Projekt, sondern als Katalysator – der aus dem </w:t>
       </w:r>
       <w:r w:rsidR="003A6E02" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2097,144 +1881,136 @@
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>einen</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF215D" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>rein repräsentativen Ansatz</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> hinauszugehen, initiierten die </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Kurator:innen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> eine dreitägige Reise durch die Stei</w:t>
       </w:r>
       <w:r w:rsidR="00925C6D" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>ermark,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> bei der sie die nominierten Projekte gemeinsam mit </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Architekt:innen</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Auftraggeber:innen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Nutzer:innen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> und </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00303120" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Vertreter:innen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00303120" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> von </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Institutionen besuchten. </w:t>
       </w:r>
       <w:r w:rsidR="00886421" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Paralle</w:t>
       </w:r>
       <w:r w:rsidR="00925C6D" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2668,91 +2444,51 @@
         <w:t>Material- und Naturkreisläufe</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>, die Herausforderungen des Bauens im Bestand sowie die unsichtbare Arbeit hinter „einfachen“ architektonischen Gesten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2150E840" w14:textId="12F12FD8" w:rsidR="009F48B6" w:rsidRDefault="008E1B8F" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Prize Bag: Double </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Architecture</w:t>
+        <w:t>The Prize Bag: Double Lives of Architecture</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA62F0" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>verzichtet auf</w:t>
       </w:r>
       <w:r w:rsidR="00633DE8" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schlussfolgerungen</w:t>
       </w:r>
       <w:r w:rsidR="00925C6D" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2988,144 +2724,106 @@
       </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> |</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Architektursalon </w:t>
       </w:r>
       <w:r w:rsidR="00DD60A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>und</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>su.n</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> network</w:t>
+        <w:t xml:space="preserve"> -spaceunit network</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24721FCE" w14:textId="6F506A89" w:rsidR="009C39EF" w:rsidRPr="00E84B4F" w:rsidRDefault="009C39EF" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Anerkennung</w:t>
       </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Stadthalle Kapfenberg</w:t>
       </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> |</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> .</w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> .tmp architekten</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="493ADFE1" w14:textId="367F05A3" w:rsidR="009C39EF" w:rsidRPr="00E84B4F" w:rsidRDefault="009C39EF" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Anerkennung</w:t>
       </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3246,115 +2944,105 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Anerkennung</w:t>
       </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>aumhaus</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> |</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> konstruktiv – Studio für Architektur</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C2C010E" w14:textId="48399EAB" w:rsidR="009C39EF" w:rsidRPr="00E84B4F" w:rsidRDefault="009C39EF" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Haus der Biodiversität in der Tierwelt Herberstein</w:t>
       </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> Arquitectos / MVD Austria</w:t>
+      <w:r w:rsidRPr="00E84B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Pretterhofer Arquitectos / MVD Austria</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F314FD9" w14:textId="547EB3D8" w:rsidR="009C39EF" w:rsidRPr="00E84B4F" w:rsidRDefault="009C39EF" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Haus F</w:t>
       </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> |</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
@@ -3378,197 +3066,117 @@
         </w:rPr>
         <w:t>Bildungscampus Zeltweg</w:t>
       </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> |</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ARGE</w:t>
       </w:r>
       <w:r w:rsidR="00784616" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> reitmayr architekten </w:t>
       </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> balloon architekten </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="701ADD23" w14:textId="72359CEB" w:rsidR="009C39EF" w:rsidRPr="00E84B4F" w:rsidRDefault="009C39EF" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Mehrgenerationenpflege Knittelfeld</w:t>
       </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> |</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Dietger </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Architekten</w:t>
+        <w:t xml:space="preserve"> Dietger Wissounig Architekten</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A282E5" w14:textId="4E581C23" w:rsidR="009C39EF" w:rsidRPr="00E84B4F" w:rsidRDefault="00963617" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Pfarrk</w:t>
       </w:r>
       <w:r w:rsidR="009C39EF" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">indergarten </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>indergarten Öblarn</w:t>
+      </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> |</w:t>
       </w:r>
       <w:r w:rsidR="009C39EF" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009C39EF" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>GMP Architektur</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009C39EF" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3583,122 +3191,100 @@
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Volksschule Reininghaus, Graz</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>|</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Architekten </w:t>
+        <w:t xml:space="preserve"> dreiplus Architekten </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FB10CB7" w14:textId="7B60A41F" w:rsidR="009C39EF" w:rsidRPr="00E84B4F" w:rsidRDefault="009C39EF" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Erweiterung Kinder- &amp; Jugendpsychiatrie LKH Graz II Süd</w:t>
       </w:r>
       <w:r w:rsidR="00507F54" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> |</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ARGE</w:t>
       </w:r>
       <w:r w:rsidR="00784616" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E84B4F" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>NOW Architektur</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E84B4F" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> + Architekt DI </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> + Architekt DI Tinchon</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="315B043B" w14:textId="2DB6F05A" w:rsidR="00E84B4F" w:rsidRPr="00E84B4F" w:rsidRDefault="00E84B4F" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="de-AT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">PALLIATIVSTATION LKH SÜDWESTSTEIERMARK, STANDORT DEUTSCHLANDSBERG </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3715,63 +3301,61 @@
         </w:rPr>
         <w:t>INNOCAD architecture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="de-AT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="629B0868" w14:textId="77777777" w:rsidR="00C45A7A" w:rsidRDefault="00E84B4F" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Re:House</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> – A Circular Building</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> | Agency in Bios</w:t>
       </w:r>
       <w:r w:rsidR="00DD60A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -3871,157 +3455,143 @@
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="622599B6" id="Gerader Verbinder 3" o:spid="_x0000_s1026" style="flip:y;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="453.75pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAU7nCzrAEAAKIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfqdOiFhQ13cOu4IJg&#10;xdfd64wbC9tj2aZJ/z1jp82u+JAQ4mI5nnlv3puZ7G8mZ9kJYjLoO75eNZyBV9gbf+z4l89vXrzm&#10;LGXpe2nRQ8fPkPjN4fmz/Rha2OCAtofIiMSndgwdH3IOrRBJDeBkWmEAT0GN0clMn/Eo+ihHYndW&#10;bJpmJ0aMfYioICV6vZuD/FD5tQaVP2idIDPbcdKW6xnr+VBOcdjL9hhlGIy6yJD/oMJJ46noQnUn&#10;s2Tfo/mFyhkVMaHOK4VOoNZGQfVAbtbNT24+DTJA9ULNSWFpU/p/tOr96dbfR2rDGFKbwn0sLiYd&#10;HdPWhK800+qLlLKptu28tA2mzBQ9bl/tNrvNljN1jYmZolCFmPJbQMfKpePW+OJItvL0LmUqS6nX&#10;lPJsPRs7vnu5raMRj6LqLZ8tzFkfQTPTU/FZXt0XuLWRnSRNuv+2LpMlbusps0C0sXYBNVXCH0GX&#10;3AKDukN/C1yya0X0eQE64zH+rmqerlL1nE+yn3gt1wfsz3VENUCLUJ1dlrZs2tPvCn/8tQ4/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAquxUENYAAAACAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhdpLQQ4lSlEuJM20tvm3hJosbrEG/b8Pe4XOAy0mhWM2+L1eR7daYxdoEtzGcGFHEd&#10;XMeNhf3u7eEJVBRkh31gsvBNEVbl7U2BuQsX/qDzVhqVSjjmaKEVGXKtY92SxzgLA3HKPsPoUZId&#10;G+1GvKRy3+tHYxbaY8dpocWBNi3Vx+3JW9i9ezNV0m2Iv5ZmfXjNFnzIrL2/m9YvoIQm+TuGK35C&#10;hzIxVeHELqreQnpEfjVlz2aZgaquVpeF/o9e/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAU7nCzrAEAAKIDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCq7FQQ1gAAAAIBAAAPAAAAAAAAAAAAAAAAAAYEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAACQUAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
                 <w10:anchorlock/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E927D1" w:rsidRPr="00E73ECD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D584D7A" w14:textId="5E079BCC" w:rsidR="00E73ECD" w:rsidRPr="00E73ECD" w:rsidRDefault="00E73ECD" w:rsidP="00E73ECD">
+    <w:p w14:paraId="2D584D7A" w14:textId="5E079BCC" w:rsidR="00E73ECD" w:rsidRPr="001E4334" w:rsidRDefault="00E73ECD" w:rsidP="00E73ECD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E73ECD">
+      <w:r w:rsidRPr="001E4334">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Programmleitung</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2FA11398" w14:textId="77777777" w:rsidR="00E73ECD" w:rsidRPr="00E73ECD" w:rsidRDefault="00E73ECD" w:rsidP="00E73ECD">
+    <w:p w14:paraId="2FA11398" w14:textId="77777777" w:rsidR="00E73ECD" w:rsidRPr="001E4334" w:rsidRDefault="00E73ECD" w:rsidP="00E73ECD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E73ECD">
+      <w:r w:rsidRPr="001E4334">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Zerina Džubur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517972A1" w14:textId="77777777" w:rsidR="00E73ECD" w:rsidRPr="00E73ECD" w:rsidRDefault="00E73ECD" w:rsidP="00E73ECD">
+    <w:p w14:paraId="517972A1" w14:textId="77777777" w:rsidR="00E73ECD" w:rsidRPr="001E4334" w:rsidRDefault="00E73ECD" w:rsidP="00E73ECD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B2F5E1C" w14:textId="381F5657" w:rsidR="00E73ECD" w:rsidRPr="00E73ECD" w:rsidRDefault="00E73ECD" w:rsidP="00E73ECD">
+    <w:p w14:paraId="3B2F5E1C" w14:textId="381F5657" w:rsidR="00E73ECD" w:rsidRPr="001E4334" w:rsidRDefault="00E73ECD" w:rsidP="00E73ECD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E73ECD">
+      <w:r w:rsidRPr="001E4334">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Kurator:innen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="233A26EC" w14:textId="77777777" w:rsidR="00E73ECD" w:rsidRPr="00C25871" w:rsidRDefault="00E73ECD" w:rsidP="00E73ECD">
+    <w:p w14:paraId="233A26EC" w14:textId="77777777" w:rsidR="00E73ECD" w:rsidRPr="001E4334" w:rsidRDefault="00E73ECD" w:rsidP="00E73ECD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C25871">
+      <w:r w:rsidRPr="001E4334">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Sevince Bayrak &amp; Oral Göktaş</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715483D4" w14:textId="77777777" w:rsidR="00E73ECD" w:rsidRPr="00C25871" w:rsidRDefault="00E73ECD" w:rsidP="00E73ECD">
+    <w:p w14:paraId="715483D4" w14:textId="77777777" w:rsidR="00E73ECD" w:rsidRPr="001E4334" w:rsidRDefault="00E73ECD" w:rsidP="00E73ECD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C3C502F" w14:textId="77777777" w:rsidR="00E1579C" w:rsidRDefault="00C45A7A" w:rsidP="00E1579C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00C45A7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -4138,79 +3708,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Eröffnung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61AD40FD" w14:textId="77777777" w:rsidR="00E1579C" w:rsidRPr="00E1579C" w:rsidRDefault="009C39EF" w:rsidP="00E1579C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1579C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Prize Bag: Double </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Architecture</w:t>
+        <w:t>The Prize Bag: Double Lives of Architecture</w:t>
       </w:r>
       <w:r w:rsidRPr="00E1579C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
         <w:t>Architekturpreis des Landes Steiermark 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4300B692" w14:textId="37B2CE9D" w:rsidR="009C39EF" w:rsidRPr="00E1579C" w:rsidRDefault="009C39EF" w:rsidP="00E1579C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1579C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Termin</w:t>
@@ -4223,124 +3765,82 @@
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Februar 2026, 19 Uhr</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ort:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Haus der Architektur, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2, 8020 Graz</w:t>
+        <w:t xml:space="preserve"> Haus der Architektur, Mariahilferstraße 2, 8020 Graz</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C7B4AE6" w14:textId="77777777" w:rsidR="00E1579C" w:rsidRDefault="00E1579C" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AA3CE63" w14:textId="77777777" w:rsidR="00E1579C" w:rsidRDefault="009C39EF" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Diskussion und Buchpräsentation</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">The Prize Bag: Double </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Architecture</w:t>
+        <w:t>The Prize Bag: Double Lives of Architecture</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
         <w:t>Architekturjahrbuch Graz Steiermark 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ADBE5C3" w14:textId="094C995A" w:rsidR="009C39EF" w:rsidRPr="00E84B4F" w:rsidRDefault="009C39EF" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Termin:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
@@ -4359,66 +3859,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ort:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Salon Stolz, Theodor-Körner-Straße 67, 8010 Graz</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB5878B" w14:textId="7ED8AE17" w:rsidR="009C39EF" w:rsidRPr="00E84B4F" w:rsidRDefault="009C39EF" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...14 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>Mit u.a.: Sevince Bayrak | SO? architecture and ideas,</w:t>
       </w:r>
       <w:r w:rsidR="000F3E03" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Andreas Ruby</w:t>
       </w:r>
       <w:r w:rsidR="00784616" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F3E03" w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>|</w:t>
       </w:r>
@@ -4436,127 +3921,96 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="751DBD3B" w14:textId="0951B02A" w:rsidR="009C39EF" w:rsidRPr="00E84B4F" w:rsidRDefault="009C39EF" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D79A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Architekturjahrbuch Graz Steiermark 2025 ist der sechste Band, dieser </w:t>
       </w:r>
       <w:r w:rsidR="009D79A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>mit</w:t>
       </w:r>
       <w:r w:rsidRPr="009D79A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> de</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD60A8" w:rsidRPr="009D79A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
       <w:r w:rsidRPr="009D79A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>de</w:t>
+        <w:t>:de</w:t>
       </w:r>
       <w:r w:rsidR="00DD60A8" w:rsidRPr="009D79A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>r</w:t>
+        <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="009D79A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>:de</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> des Architekturpreises des Landes Steiermark herausgegebenen Reihe. </w:t>
+        <w:t xml:space="preserve"> Kurator:in des Architekturpreises des Landes Steiermark herausgegebenen Reihe. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Für diese Ausgabe stellen Sevince Bayrak und Oral Göktaş vom Istanbuler Architekturbüro</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">SO? architecture and </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>SO? architecture and ideas</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> eine vielschichtige Auswahl an Bauwerken vor und lenken bewusst den Blick hinter die üblichen Bilder der Architektur.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10F17A32" w14:textId="32C712E2" w:rsidR="009C39EF" w:rsidRPr="00E84B4F" w:rsidRDefault="009C39EF" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Abseits makelloser Präsentation und medialer Inszenierung reflektieren sie kollektive Aushandlungen, Krisenmomente auf Baustellen, üb</w:t>
       </w:r>
       <w:r w:rsidR="0075547E">
         <w:rPr>
@@ -4564,60 +4018,58 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="001C0D6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">beitete Budgets, nachträgliche Anpassungen und die Stimmen der </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Nutzer:innen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E84B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Sie zeigen Architektur als Teil unserer tatsächlichen Lebensrealität — und nehmen den Architekturpreis als Anlass, jene komplexen Prozesse des Bauens sichtbar zu machen, die sonst im Hintergrund bleiben.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FD1B3A7" w14:textId="77777777" w:rsidR="00422EAA" w:rsidRDefault="00422EAA" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3658FE67" w14:textId="77777777" w:rsidR="00E1579C" w:rsidRDefault="00422EAA" w:rsidP="00783575">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -4634,75 +4086,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00422EAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Pflegestützpunkt, Radio Helsinki  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00422EAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit: u.a. Andreas Salfellner, Andreas Mayer und </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00422EAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Bewohner:innen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00422EAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> der </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00422EAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Senior:innenresidenz</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00422EAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00422EAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> März </w:t>
       </w:r>
@@ -5166,111 +4614,113 @@
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E1B8F"/>
     <w:rsid w:val="00022712"/>
     <w:rsid w:val="00090BAC"/>
     <w:rsid w:val="000972D4"/>
     <w:rsid w:val="000C25C0"/>
     <w:rsid w:val="000C6533"/>
     <w:rsid w:val="000F3E03"/>
     <w:rsid w:val="001273AC"/>
     <w:rsid w:val="00183530"/>
     <w:rsid w:val="001861B5"/>
     <w:rsid w:val="00195C8A"/>
     <w:rsid w:val="001961C3"/>
     <w:rsid w:val="001C0D6D"/>
+    <w:rsid w:val="001E4334"/>
     <w:rsid w:val="00205E2A"/>
     <w:rsid w:val="0021525F"/>
     <w:rsid w:val="00216A91"/>
     <w:rsid w:val="0026072D"/>
     <w:rsid w:val="0026258C"/>
     <w:rsid w:val="002B546F"/>
     <w:rsid w:val="002B6B53"/>
     <w:rsid w:val="002C4486"/>
     <w:rsid w:val="002E772F"/>
     <w:rsid w:val="00303120"/>
     <w:rsid w:val="003130CE"/>
     <w:rsid w:val="00316F31"/>
     <w:rsid w:val="003508D9"/>
     <w:rsid w:val="003578B8"/>
     <w:rsid w:val="00390B8D"/>
     <w:rsid w:val="003A6E02"/>
     <w:rsid w:val="003B0269"/>
     <w:rsid w:val="003C796F"/>
     <w:rsid w:val="003D5185"/>
     <w:rsid w:val="003F1B9B"/>
     <w:rsid w:val="00422EAA"/>
     <w:rsid w:val="00464210"/>
     <w:rsid w:val="0046451E"/>
     <w:rsid w:val="0047593E"/>
+    <w:rsid w:val="00481A59"/>
     <w:rsid w:val="00485392"/>
     <w:rsid w:val="00490A5D"/>
     <w:rsid w:val="004F5DEF"/>
     <w:rsid w:val="00507F54"/>
     <w:rsid w:val="005860B7"/>
     <w:rsid w:val="005A2BA8"/>
     <w:rsid w:val="005A37F3"/>
     <w:rsid w:val="005D03F3"/>
     <w:rsid w:val="005D3A0E"/>
     <w:rsid w:val="005E5BA0"/>
     <w:rsid w:val="006121CB"/>
     <w:rsid w:val="00633DE8"/>
     <w:rsid w:val="00695B6A"/>
     <w:rsid w:val="006A5492"/>
     <w:rsid w:val="006D6732"/>
     <w:rsid w:val="00744FB6"/>
     <w:rsid w:val="0074724E"/>
     <w:rsid w:val="0075547E"/>
     <w:rsid w:val="00777D5E"/>
     <w:rsid w:val="0078232F"/>
     <w:rsid w:val="00783575"/>
     <w:rsid w:val="00784616"/>
     <w:rsid w:val="007A71FA"/>
     <w:rsid w:val="007B6FBB"/>
     <w:rsid w:val="0080007F"/>
@@ -6792,63 +6242,58 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="44bb7211-ec8b-4b18-bbc8-c74ccb6b18ba" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010078B77BBB964C074F8647539317886D7A" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="969ec592f546a2dd34689cbb6be4f3b5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="44bb7211-ec8b-4b18-bbc8-c74ccb6b18ba" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8761ec64645c21986cf4084ed2758d20" ns3:_="">
     <xsd:import namespace="44bb7211-ec8b-4b18-bbc8-c74ccb6b18ba"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -6986,139 +6431,144 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...3 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE6044ED-798C-415D-AB16-778BD289534B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{010D79C3-D504-4132-9038-05298175C120}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="44bb7211-ec8b-4b18-bbc8-c74ccb6b18ba"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{479CA01C-8DF2-4581-9AC5-2B1F1D9EADCD}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F54927CC-1759-45B1-BD33-0868B0E4AD12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="44bb7211-ec8b-4b18-bbc8-c74ccb6b18ba"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{479CA01C-8DF2-4581-9AC5-2B1F1D9EADCD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{010D79C3-D504-4132-9038-05298175C120}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE6044ED-798C-415D-AB16-778BD289534B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="44bb7211-ec8b-4b18-bbc8-c74ccb6b18ba"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1197</Words>
-  <Characters>7548</Characters>
+  <Characters>7547</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8728</CharactersWithSpaces>
+  <CharactersWithSpaces>8727</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Zerina Džubur</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010078B77BBB964C074F8647539317886D7A</vt:lpwstr>
   </property>
 </Properties>
 </file>